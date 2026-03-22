--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -33,71 +33,71 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="15">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 9 de 2026</t>
+    <t>Projeto de Lei Ordinária - Executivo nº 9 de 2026</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
     <t>PROJETO DE LEI NÚMERO 009, de 30 de janeiro de 2026._x000D_
 “Autoriza a abertura de créditos adicionais especiais no Orçamento do Município de Sabará para o exercício financeiro de 2026, promove adequações na estrutura orçamentária e dá outras providências.”</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 10 de 2026</t>
+    <t>Projeto de Lei Ordinária - Executivo nº 10 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI NÚMERO 010, de 30 de janeiro de 2026._x000D_
 “Autoriza a abertura de crédito adicional especial no Orçamento do Município de Sabará para o exercício financeiro de 2026, promove adequações na estrutura orçamentária e dá outras providências.”</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 12 de 2026</t>
+    <t>Projeto de Lei Ordinária - Executivo nº 12 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI NÚMERO 012, de 30 de janeiro de 2026._x000D_
 “Concede contribuição às entidades que menciona e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -401,51 +401,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="181.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>