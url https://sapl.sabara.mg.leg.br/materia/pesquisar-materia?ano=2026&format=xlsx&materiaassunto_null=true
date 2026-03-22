--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,253 +10,2926 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1952" uniqueCount="945">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>William Borges</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/316/indicacao_obras_-_ponte_de_acesso_ao_cigana_em_ravena_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Realização de obras de acesso a comunidade do Cigana em Ravena</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/317/indicacao_camara_-_falta_de_agua_na_vila_esperanca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Câmara - Falta de Agua no Bairro Vila Esperança</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/318/indicacao_obras_-_rua_euclides_em_ravena_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Manutenção da Rua Euclides de Oliveira em Ravena</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Pastor João Bueno</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/319/pavimentacao_de_ruas_de_calcadas_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação da pavimentação de todas as ruas de calçamento do bairro Nossa Senhora de Fátima, sendo elas:</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/320/contrucao_de_16_muros_de_arrimo_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação da construção de gabiões no bairro Nossa Senhora de Fátima, nas seguintes vias:</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/321/recapeamento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação de recapeamento das vias que compõem os itinerários das linhas de ônibus: Borda da Mata – 4660; Carmo da Mata – 4655; Mangueiras – 4680; Eucalipto – 4685; e Nossa Senhora de Fátima – 4675, no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Tiago Salgado</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/327/09-02_operacao_tapa_buracos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos na Rua Mário Machado, próximo ao nº 667, no Bairro Adelmolandia.</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/328/09-02_operacao_tapa_buracos__av_jujuca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos na Avenida José Raimundo Ribeiro (Av.Jujuca)</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Bulu da Mercearia</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/329/indicacao___construcao_de_praca_e_capina_da_rua_minas_gerais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de Praça e Capina na Rua Minas Gerais.</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/330/indicacao___operacao_tapa-buracos_curva_acelormittal__bairro_siderurgica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos em frente ao estacionamento da empresa Arcelormittal.</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/331/indicacao___revitalizacao_da_praca_de_sao_sebastiao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e Revitalização da Praça de São Sebastião, localizada no Bairro Nações Unidas.</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Roberto do Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/332/requerimento_4025_assinado_novo.pdf</t>
+  </si>
+  <si>
+    <t>Secretaria de Obras e Regional General Carneiro para que seja feito operação tapa buracos na em toda extensão da Rua de Acesso ao Bairro Castanheira, dando início na Via Borba Gato até a Escola JK.</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>D'bike</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/337/indicacao_1_26_limpeza_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Retorno de equipes de capina e roçassão para a prática de limpeza da cidade, e retorno ou aumento das equipes de tapa buracos das estradas pavimentadas de Sabará.</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/338/pavimentacao_de_ruas_de_terra_assinado..pdf</t>
+  </si>
+  <si>
+    <t>A solicitação da pavimentação de todas as ruas de terra do bairro Nossa Senhora de Fátima, sendo elas:</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Russo</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/340/oficio_001_-2026_rua_florestal_-_capina_e_limpeza_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de capina, limpeza e operação tapa buracos na rua Florestal, próximo ao número 329, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/341/oficio_003_-2026_supressao_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Supressão de árvore na rua Liberdade, Praça dos Coqueiros, próximo ao número 900, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/342/oficio_005_-_2026_capina_e_limpeza_de_praca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a capina e limpeza das praças: _x000D_
+Praça é Nossa na Rua Carlos Chagas e Praça da UBS Alvorada, atrás do posto de saúde, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/343/oficio_002-2026_rua_unai-_vila_nova_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de capina e limpeza do escadão da rua Unaí com Vila Nova, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/344/oficio_004_-2026_castanheiras-_recapeamento_asfaltico_e_operacao_tapa_buracos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de operação tapa buracos e recapeamento asfáltico em toda extensão da rua Castanheiras, principal via de acesso ao bairro.</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Alan do Vila</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/346/realizacao_de_operacao_tapa-buracos_na_estrada_do_castanheira2c_em_toda_sua_extensao2c_ate_a_escola_municipal_do_castanheira._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de operação tapa-buracos na Estrada do Castanheira, em toda sua extensão, até a Escola Municipal do Castanheira.</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/347/realizacao_de_limpeza_do_escadao_localizado_na_rua_vespasiano.pdf</t>
+  </si>
+  <si>
+    <t>Realização de limpeza do escadão localizado na Rua Vespasiano, com execução de capina, retirada de entulhos e averiguação de ocorrências relacionadas ao aparecimento de escorpiões na região.</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/348/realizacao_de_limpeza_e_pavimentacao_da_rua_eduardo_barbosa2c_localizada_no_bairro_coqueiros._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de limpeza e pavimentação da Rua Eduardo Barbosa, localizada no bairro Coqueiros.</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/356/indicacao_obras_-_tapa_buraco_rua_diana_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - tapa buraco Rua Diana no Bairro Ana Lúcia</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/358/indicacao_obras_-_parque_ana_lucia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação obras - Melhorias no Parque Ana Lucia</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/359/indicacao_prefeito_-_equiparacao_do_piso_dos_professores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Prefeito - Equiparação do piso dos professores da Rede Municipal</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/361/indicacao_obras_-_ruas_templum_e_fobos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Manutenção das Ruas Templum e Fobos</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/362/indicacao_defesa_social_-_rotatoria_do_bh_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Defesa Social - Construção de Rotatória do BH</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Paulim Guerra</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/364/indicacao_-_pintura_centro_comercial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da Pintura de Trânsito no Centro Comercial Nova Vista</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/365/indicacao_quebra_mola_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de Quebra-Molas na Rua Padre Faustino, Nova Vista</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/367/matagal_rua_saraiva_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de capina na Avenida Cardoso de Menezes, com a Rua Saraiva, e na Rua Saraiva com a Avenida Cardoso de Meneze</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/369/rua_garzea_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de capina na Rua Gávea com a Rua Saraiva, visando a limpeza e manutenção do espaço público.</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/370/indicacao_-_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Poda de Árvore na Rua Padre Faustino, nº 485, bairro Nova Vista</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/372/indicacao___providencie_a_revitalizacao_da_sinalizacao_horizontal_e_vertical_com_especial_atencao_as_areas_escolares_e_aos_corredores_de_grande_fluxo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Providencie a revitalização da sinalização horizontal e vertical, com foco em áreas escolares e corredores de grande fluxo de veículos e pedestres em nosso municipio</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/375/indicacao___construcao_de_uma_passarela_para_pedestres_na_rodovia_mgc-262_nas_proximidades_da_praca_dos_coqueiros_-_copia_-_copia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma passarela para pedestres na Rodovia MGC-262, nas proximidades da Praça dos Coqueiros, neste município.</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/376/indicacao___construcao_de_trincheira_na_rodovia_mgc_262_ligando_a_rua_acucena_com_a_rua_liberdade_bairro_alvorada._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma trincheira na Rodovia MGC-262, interligando a Rua Açucena à Rua Liberdade, no Bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/377/indicacao___quebra-molas__rua_liberia__nacoes_unidas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de quebra-molas (redutor de velocidade) próximo ao número 68, da Rua Libéria, bairro Nações Unidas, Sabará/MG.</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/378/indicacao___passagem_elevada_de_pedestre___rua_presidente_juscelino_kubistscheck__em_frente_a_padaria_beira_rio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Providencie a instalação de uma passagem elevada de pedestres na Rua Presidente Juscelino Kubitscheck,  em frente ao número 86, Siderurgica, Sabará/MG.</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/379/guarda_corpo_rua_vespaciano_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação de instalação de uma grade de proteção (guarda-corpo), rua Vespasiano, N° 209, no bairro General Carneiro- Sabará.</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/380/reforma_da_guarita_e_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação das seguintes melhorias na Praça Renato Souza Reis, localizada na Avenida Contagem, nº 2000, bairro Ana Lúcia- Sabará.</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/381/implantacao_de_sistema_de_captacao_de_aguas_pluviais_com_a_instalacao_de_bocas_de_lobo_na_rua_paracatu_e_ruas_adjacentes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação da implantação de sistema de captação de águas pluviais, com a instalação de bocas de lobo, na rua Paracatu e ruas adjacentes, na região conhecida como Mangueira, no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/382/oficio_010_-2026_rua_jaboticatubas-_capina_e_limpeza_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a capina e limpeza da rua Jaboticatubas, nas proximidades da igreja Nazareno, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/383/oficio_008_-2026_travessia_rio_das_velhas_-_capina_e_limpeza_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a capina e limpeza na travessia do Rio da Velhas, bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/384/oficio_007_-2026_av_amalia-_recapeamento_asfaltico_e_operacao_tapa_buracos_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja analisada a possibilidade da realização da operação tapa buracos e do recapeamento asfáltico em toda extensão da Av. Amália, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Hamilton Alves</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/385/muro_de_arrimo_-_rua_beira_linha_-_roca_grande_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Muro de arrimo na rua Beira Linha, bairro Roça Grande</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/386/tapa_buraco_-_rua_santana_-_roca_grande_em_toda_extensao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tapa buraco em toda extensão da rua Santana, bairro Roça Grande</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/387/oficio_011_-_2026_rua_fluminense_muro_de_arrrimo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de construção de um muro de arrimo ou gabião, na rua Fluminense, bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/388/tapa_buraco_-_rua_santo_antonio_-_roca_grande_em_toda_extensao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tapa buraco em toda extensão da rua Santo Antônio, bairro Roça Grande</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/389/oficio_009-2026_rua_florestal_com_guaraciaba_-_drenagem_pluvial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a drenagem pluvial da rua Florestal, esquina com rua Guaraciaba, mais precisamente no quarteirão da rua Jaboticatubas, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Tikin Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/390/requerimento_01_23-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para execução de recapeamento asfáltico (operação tapa-buracos) nas vias que compõem o itinerário da linha de ônibus do transporte coletivo e o percurso dos ônibus escolares, localizadas no bairro Borba Gato.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/391/requerimento_03_23-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para execução de serviços de capina, limpeza geral, manutenção dos equipamentos de ginástica, dos brinquedos e dos bancos da praça localizada na Rua Atílio Purri, no bairro Borba Gato.</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/392/requerimento_05_23-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para execução de pavimentação asfáltica na Rua Geraldo Sampaio, localizada no bairro Boa Ventura, distrito de Ravena.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/393/requerimento_04_23-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para execução da construção de novo muro nos fundos da Escola Municipal Bernardino Augusto Ferreira, localizada no bairro Borba Gato, neste Município, tendo em vista que a demanda já foi anteriormente apresentada em razão do comprometimento estrutural do muro existente.</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/395/indicacao_2_praca_novo_alvorada_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Renovamos o pedido de estudo técnico e construção de praça nos encontros das Ruas Tupi e Rua Caldense, na margem da Rodovia MG 5, no Bairro Novo Alvorada em Sabará.</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/396/indicacao_de_contencao_de_encostafotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Estudo técnico e construção de contenção de encosta em via de acesso a Rua Atletico na altura do número 1240, nas margens da Rodovia MG 5 próximo a Vila Barraginha, no Bairro Novo Alvorada em Sabará</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/397/indicacao_de_transporte_escolar_vila_barraginha_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Novamente viemos pedir a disponibilização de Transporte Escolar para estudantes, crianças e jovens, moradores da Vila Barraginha e ruas de sua proximidade do bairro Novo Alvorada, para deslocamentos até as escolas de ensino fundamental e de educação infantil da região de Sabará</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/398/a_substituicao_de_todas_as_lampadas_upa.pdf</t>
+  </si>
+  <si>
+    <t>A substituição de todas as lâmpadas queimadas em toda a Unidade de Pronto Atendimento (UPA), incluindo áreas internas e externas.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/399/retirada_dos_pombos.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de pombos nas dependências da UPA, com instalação de barreiras físicas preventivas.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/400/a_retirada_de_animal_cachorro_que_se_encontra_na_upa.pdf</t>
+  </si>
+  <si>
+    <t>A retirada de animal (cachorro) que se encontra nas dependências da UPA.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/401/regularizacao_da_mangueira_de_incendio.pdf</t>
+  </si>
+  <si>
+    <t>A instalação ou regularização da mangueira de incêndio (hidrante interno) na UPA.</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/402/construcao_do_escadao_localizado_na_rua_fortaleza_bairro_vila_rica_em_sabara._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção do escadão localizado na Rua Fortaleza, bairro Vila Rica, em Sabará.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/403/o_fechamento_da_abertura_existente_na_parte_posterior_da_upa.pdf</t>
+  </si>
+  <si>
+    <t>O fechamento da abertura existente na parte posterior da UPA.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/404/instalacao_de_extintores_na_upa.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de extintores de incêndio adequados e dentro do prazo de validade na UPA.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/405/23-02_rampa_de_acessibilidade_e_limpeza_de_praca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja feito uma rampa de acessibilidade, bem como a limpeza e manutenção geral da pracinha José Maia da Silva, localizado no Bairro Vila Santa Cruz.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/406/requerimento_02_23-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para execução de serviços de capina e limpeza urbana nos bairros Borba Gato, Borges e Amélia Moreira.</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/410/indicacao_meio_ambiente_-_coleta_de_lixo_na_rua_antares_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Meio Ambiente - Coleta de lixo na Rua Antares</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/411/indicacao_meio_ambiente_-_poda_de_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Meio Ambiente - Poda de arvore Fátima</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/414/indicacao_meio_ambiente_-_limpeza_ruas_ana_luca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Meio Ambiente - Limpeza Ruas Ana Luca</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/415/indicacao_obras_e_educacao_-_manutencao_escola_maria_costa_pinto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras e Educação - Manutenção Escola Maria Costa Pinto</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/416/indicacao_obras_-_parque_ana_lucia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - parque Ana Lúcia</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/417/indicacao_obras_-_limpeza_dos_bueiros_general_carneiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação obras - Limpeza dos bueiros General Carneiro</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/418/indicacao_prefeito_-_praca_da_matriz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Prefeito - Reforma Praça da Matriz</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/419/recapeamento_asfaltico_ao_longo_na_avenida_jose_raimundo_ribeiro_bairro_campo_santo_antonioassinado.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento Asfáltico ao longo da Avenida José Raimundo Ribeiro, popularmente conhecida como Reta da Lagoa, bairro Campo Santo Antônio.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/420/pintura_do_quebra-molas_na_rua_joao_da_mata_lima_em_frente_ao_numero_251_a_bairro_campo_santo_antonio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pintura do quebra-molas na rua João da Mata Lima, em frente ao número 251 A, bairro Campo Santo Antônio.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/421/limpeza_e_capina_em_toda_extensao_do_largo_da_avenida_joao_pinheiro_da_silva_bairro_campo_santo_antonio.assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina em toda extensão do largo da Avenida João Pinheiro da Silva, bairro Campo Santo Antônio.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/423/prefeitura_aderir_ao_projeto_sandbox_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Possibilidade de aderir ao Projeto Sandbox, da Agência Nacional de Telecomunicações (Anatel).</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/424/iluminacao_publica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a adoção das providências necessárias quanto às demandas de energia elétrica e iluminação pública nos bairros Nossa Senhora de Fátima, Santo Antônio de Roça Grande e General Carneiro- Sabará.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/427/reclassificacao_da_rua_marina_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reclassificação da Rua Marina, no bairro Nossa Senhora de Fátima, para via coletora, com o objetivo de agilizar e possibilitar a regularização dos comerciantes locais junto aos órgãos competentes.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/428/passarela_rua_flor_do_campo_campo_geracao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando, com a devida urgência, a construção de uma passarela, com medidas aproximadas de 9,5 x 3metros, na Rua Flor do Campo nº 279, nas proximidades do Campo Geração, no bairro General Carneiro, em Sabará.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/429/manutencao_do_telhado_da_e.m._jose_lopes_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação de que sejam adotadas providências urgentes para a reforma do telhado da quadra da Escola Municipal José Lopes, bem como a reforma do telhado colonial de toda a unidade escolar, localizada no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/430/contrucao_da_quadra_poliesportiva_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitação da construção de uma quadra poliesportiva, com banheiros, no bairro Nossa Senhora de Fátima, já que o bairro carece de espaço público para a prática de atividades esportivas e de lazer, ou seja, local que proporcione desenvolvimento educacional, social e de saúde aos moradores locais.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/431/escola_integral_na_e.m._assinado.pdf</t>
+  </si>
+  <si>
+    <t>A solicitando da ampliação do horário da Educação Infantil (etapa que antecede o Ensino Fundamental) da Escola Municipal Vereador Geraldo Alves Feitoza para período integral, das 7h às 16h, equiparando ao horário já praticado pela creche da unidade.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/432/oficio_012-2026_rua_acucena_-_tapa_buraco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a operação tapa buracos em toda a extensão da rua Açucena, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/433/oficio_013-2026_jardim_castanheira-_construcao_de_ponte_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja analisada a possibilidade da construção de uma ponte no bairro Jardim Castanheira, mais precisamente no final da rua Nova Esperança, esquina com Rua Cachoeira de Baixo.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/434/oficio_014_-2026_jardim_castanheiras-_recapeamento_asfaltico_e_operacao_tapa_buracos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja analisada a possibilidade da realização da operação tapa buracos e do recapeamento asfáltico na rua Cachoeira de Baixo, bairro Jardim Castanheira.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Mariana Nunes</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/435/indicacao_estudo_de_viabilidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssimo Senhor Prefeito Municipal que determine à Secretaria Municipal competente a realização de estudo técnico aprofundado de engenharia de tráfego na região compreendida entre o Batalhão da Polícia Militar de Minas gerais e a Ponte do Geo.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/436/indicacao_saneamento_basico_roca_grandefotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja feita extensão de Rede de Esgoto, com manilhamento na rua São Pedro, na região da grota, no bairro Roça Grande.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/437/indicacao_bairro_cruzeiro_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da praça da rua Belo Campo, no bairro Cruzeiro, construção de uma lixeira de alvenaria, comunitária, na localidade, também a construção de um abrigo para motoristas e passageiros no ponto final do ônibus 4999, pedimos também a limpeza do cruzeiro. Os presentes pedidos são feitos em prol do bairro cruzeiro.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/438/indicacao_faixas_elevadas_mgt_262fotos_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>Viabilizar faixa elevada na Rodovia MGT 262, de frente a Praça da Vila Barraginha em seu encontro com a rua Atletico, e também na mesma rodovia MGT 262 na altura e de frente para a rua Unaí, na região do Bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Maiára Alves</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/439/indicacao_placa_de_pribido_caminhao_itacolomi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de placa de proibição de subida de caminhões na Rua Nova Era, esquina com a Rua Itaúna, no sentido Beira Linha, no Bairro Itacolomi neste Município</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/440/indicacao_iluminacao_publica_itacolomi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se ao Executivo Municipal a realização de estudos e posterior implantação de iluminação pública em toda a extensão da Rua Lagoa Santa, no bairro Itacolomi.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/441/cornelio_procopio_transito_sinalizacao_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de sinalização urgente na Rua Cornélio Procópio, altura do número 115, devido a acidentes frequentes, com sugestão de coordenação com Belo Horizonte para a parte correspondente.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/442/reparo_de_protecao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para reparo da grade de proteção e limpeza da vegetação na Rua Alzira, bairro Nova Vista, entroncamento com as ruas Alta e Colorado, devido ao risco de queda e à obstrução da visibilidade, comprometendo a segurança dos pedestres.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/443/requerimento_04_02-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para poda ou supressão de árvore localizada na Alameda das Flores, nº 380, no Bairro Borges, neste Município.</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/444/requerimento_06_02-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para implantação de sinalização viária na Rua Franquelino Benevenuto e na praça localizada no Bairro Amélia Moreira</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/445/requerimento_01_02-03_2_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para implantação de sistema de drenagem pluvial na Rua Letícia, nas proximidades do CEI Dona Arminda, no Bairro Borges</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/446/requerimento_02_02-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para a manutenção das vias públicas Alameda das Flores, Alameda dos Lírios, Alameda das Acácias e Alameda das Azaleias, localizadas no Bairro Borges</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/447/requerimento_05_02-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para a limpeza e manutenção das calhas da Unidade Básica de Saúde localizada no Bairro Borba Gato</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/448/requerimento_03_02-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para a continuidade do manilhamento do Córrego Soledade, considerando que há trecho a céu aberto nos fundos da Rua José Augusto, nas proximidades do nº 48, no Bairro Borba Gato</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/449/requerimento_rua_suica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tapa buracos  Rua Suíça</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/450/indicacao___corte_de_arvore__proximo_a_ponte_do_gel_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que realizem estudos técnicos para a supressão de árvore localizada em frente ao sinal de trânsito, próximo á ponte do gel no bairro Siderúgica, neste municipio.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/451/indicacao___limpeza_na_escola_geraldo_alves_feitosa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Providencie a capina e limpeza no interior do pátio da Escola Municipal Geraldo Alves Feitoza.</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/452/indicacao___manutencao_tecnica_limpeza_e_desobstrucao_do_sistema_de_drenagem_pluvial_bueiros_e_galerias_em_pontos_criticos_do_municipio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção técnica, limpeza e desobstrução do sistema de drenagem pluvial (bueiros e galerias) em pontos críticos do município, especialmente nas áreas com histórico de alagamentos.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/453/indicacao___realizacao_do_dia_d_de_limpeza__combate_as_arboviroses_especialmente_dengue_zika_e_chikungunya_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização do “Dia D de Limpeza” em todos os bairros do município, com disponibilização de caminhões para recolhimento de lixo, entulhos e materiais inservíveis, bem como a realização de blitz educativas por agentes de zoonoses.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/459/indicacao_defesa_social_-_quebra_molas_rua_rodes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Defesa Social - Quebra molas Rua Rodes</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/460/indicacao_obras_-_tapa_buracos_ana_lucia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - tapa buracos Ana Lucia</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/461/indicacao_obras_-_tapa_buracos_rosario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - tapa buracos Rosário</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/462/indicacao_obras_-_tapa_buracos_nova_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - tapa buracos Nova Vista</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/463/indicacao_obras_-_tampa_do_bueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - ajuste na tampa do bueiro - Bairro Ana Lucia</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/464/indicacao_meio_ambiente_-_av_cardoso_de_menezes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Meio Ambiente - Limpeza Av Cardoso de Menezes</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/467/vazamento_rua_jose_pertence_proximo_ao_numero_39_-_copasa-_paciencia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Extensão da rede de esgoto da Avenida Celeste Cabral - Paciência</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/468/limpeza_e_capina_-_em_toda_extensao_da_passarela_de_pedestres_av_expedicionario_romeu_jeronimo_dantas-_caieira_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina em toda extensão da passarela de pedestres da avenida Expedicionário Romeu Jerônimo Dantas, bairro Caieira.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/469/asfaltamento_-_rua_santa_efigenia_-_roca_grande_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Asfaltamento da rua Santa Efigênia, bairro Roça Grande.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/470/asfaltamento_-_rua_beira_linha_-_roca_grande_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Asfaltamento da rua Beira Linha, do bairro Roça Grande ao bairro General Carneiro.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/471/tapa_buraco_-_em_toda_extensao_da_rua_americo_ferreira_passos_-_campo_santo_antonio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tapa buraco em toda extensão da rua Américo Ferreira Passos, bairro Campo Santo Antônio.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/472/extensao_rede_de_agua_e_esgoto_avenida_celeste_cabral_-_paciencia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Extensão de rede de água e esgoto da Avenida Celeste Cabral</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/473/tapa_buraco_-_toda_extensao_da_rua_padre_sebastiao_tirino_-_alto_do_cabral_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tapa buraco em toda extensão da rua Padre Sebastião Tirino, bairro Alto do Cabral.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/474/iluminacao_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a adoção das providências necessárias quanto às demandas de energia elétrica e iluminação pública nos bairros Nossa Senhora de Fátima, Santo Antônio de Roça Grande e General Carneiro.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/475/iluminacao_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a adoção das providências necessárias quanto às demandas de energia elétrica e iluminação pública no bairro Nossa Senhora de Fátima- Sabará.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/476/iluminacao_1_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/477/oficio_015-_2026_av_cardoso_de_menezes_-_redutor_de_velocidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam refeitos os redutores de velocidade já existentes bem como a correta sinalização na Av. Cardoso de Menezes, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/478/oficio_016_-_2026_-_av_cardoso_de_menezes_com_acucena_faixa_de_pedestres_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de faixas de pedestre bem como a correta sinalização na Avenida Cardoso de Menezes, nas interseções com a rua Açucena e a Av. Amália, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/479/oficio_017-2026_rua_eloi_mendes_-_tapa_buraco_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a operação tapa buracos em toda a extensão da rua Elói Mendes, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/480/indicacao_elaboracao_e_implementacao_da_politica_municipal_do_tempo_das_mulheres_no_municipio_de_sabara_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Política Municipal do Tempo das Mulheres, com o objetivo de compreender, mensurar e considerar o impacto das responsabilidades de cuidado na vida das mulheres sabarenses e na formulação de políticas públicas.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/481/indicacao_calcada_e_limpeza_centro_09_03_26_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza, capina e construção de passeios na Avenida José Raimundo Ribeiro, entre as Ruas Santa Cruz e Francisco Lopes de Azeredo.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/482/indicacao_bairro_galego_fots_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de canaletas e bueiros para escoamento e captação de águas pluviais na rua 1 (um), no bairro Galego de baixo.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/483/indicacao_rua_flamengo_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção de muro de arrimo e contenção na rua Flamengo, próximo ao número 507, com rua Fluminense, no bairro Novo alvorada.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/484/indicacao_rua_vasco_da_gama_09_03_26_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Obra de contenção de barranco na rua Vasco da Gama, no número 135, no bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/485/indicacao_02_09-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A revitalização da praça localizada no bairro Amélia Moreira, bem como a implantação de um playground, tendo em vista que o bairro não possui espaço adequado de lazer para a comunidade.</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/486/indicacao_01_09-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A realização de um estudo técnico para a implantação de sinalização viária, com instalação de placas, marcações no solo e demais dispositivos necessários, na Rua Leonora Marcelino Ferreira, esquina com a Rua Inácio Dias, e na Rua Atílio Purri, no entroncamento com a Rua Fernandes Jaques, ambas localizadas no bairro Borba Gato, neste Município, tendo em vista o constante uso dos locais para estacionamento de veículos muito próximos às esquinas, o que compromete a visibilidade dos condutores e prejudica a fluidez do trânsito.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/487/indicacao_03_09-03_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de um playground na praça localizada no bairro Borges, tendo em vista que o local não possui nenhum espaço de lazer destinado às crianças e às famílias da comunidade.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/488/indicacao_04_09-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de passeio (calçada) na Rua Letícia, nas proximidades da horta comunitária no Bairro Borges, tendo em vista que os moradores transitam pelo local e a via possui tráfego constante de veículos, inclusive caminhões.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/489/poda_arvore_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita poda urgente de árvore na Rua Dom Silvério, nº 123, via que liga as ruas Padre Faustino e Cornélio Procópio, devido ao risco à segurança de moradores e pedestres.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/490/solicitando_a_instalacao_de_uma_caixa_d_agua_para_atendimento_da_comunidade_do_alto_do_vila_rica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a instalação de uma caixa d’água para atendimento da comunidade do Alto do Vila Rica, na região do Alto do Mirante, além da implantação de rede de esgoto na localidade.</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/491/implantacao_de_sinalizacao_viaria_do_tipo__olho_de_gato_assinado.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a implantação de sinalização viária do tipo “olho de gato” (tachas refletivas), também conhecidas como “tartarugas”, ao longo da Estrada Marzagânia.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/492/solicitando_a_construcao_de_vestiarios_no_campo_do_coqueiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a construção de vestiários no Campo do Coqueiro, a fim de atender os atletas e demais usuários do espaço esportivo.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/493/09-03_indicacao-_capina_e_rocagem_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de capina e limpeza em toda extensão da Rua Euclides da Cunha, localizada no bairro Siderúrgica.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/494/09-03_indicacao-_capina_e_rocagem_-_paciencia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de capina e limpeza na Rua Jaqueira, próximo_x000D_
+ao nº800, localizada no Bairro Paciência.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/495/09-03_indicacao-_implementacao_de_circulacao_em_sentido_unico_de_rua_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de circulação em sentido único “somente subindo” na Rua Coronel Jacinto, situada no Bairro Centro.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/496/indicacao___limpeza_e_capina___bairro_mangabeiras_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Providencie serviços de limpeza e capina na Rua Jatobá, no bairro Mangabeiras</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/497/indicacao___operacao_tapa-buracos__rua_estados_unidos__nacoes_unidas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos na Rua Estados Unidos, próximo ao nº 593, no Bairro Nações Unidas, Sabará/MG.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/498/indicacao___operacao_tapa-buracos__rua_suica__nacoes_unidas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos na Rua Suiça, próximo ao nº 164, no Bairro Nações Unidas</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/502/indicacao_parque_multisensorial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja viabilizado a implantação de um espaço público multissensorial inclusivo no Município de Sabará, voltado especialmente ao atendimento de crianças autistas, neurodivergentes e com deficiência.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/512/indicacao_obras_-_troca_de_poste_rio_acima_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Troca de Poste na Rua Rio Acima</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/513/indicacao_obras_-_ruas_natal_e_pernambuco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Manutenções nas Ruas Natal e Pernambuco</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/514/indicacao_obras_-_ruas_joaquim_barbosa_-_bairro_rosario_iii_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Manutenção na Rua Joaquim Barbosa - Bairro Rosario III</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/515/indicacao_obras_-_ponte_sobre_corrego_malheiros_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Obras - Ponte sobre Córrego Malheiros</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/516/instalacao_de_uma_guarita_de_ponto_de_onibusassinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a instalação de uma guarita de ponto de ônibus na Rua Paracatu com a rua Campinas Verde, no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/517/manilhamento_dos_corregos_das_ruas_santos_dumont_e_itapecerica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a realização do manilhamento dos córregos localizados nas ruas Santos Dumont e Itapecerica no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/518/construcao_de_muro_de_gabiao__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a construção de muro de gabião na Rua Cláudio com a Rua Lavras, nas proximidades do nº 530, no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/519/implantacao_de_sinalizacao_e_regulamentacaoassinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando avaliação técnica de engenharia de tráfego para implantação de sinalização e regulamentação de estacionamento na Rua Sacramento, em frente à Escola Municipal Jules Pauly, no bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/520/a_instalacao_de_manilhas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a instalação de manilhas ou dissipador no fundo do imóvel nº 95, localizado na Rua Carangola, bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/521/capina_saraiva_332.pdf</t>
+  </si>
+  <si>
+    <t>Solicita capina e limpeza na rampa localizada na Rua Saraiva, nº 332, devido ao mato alto que está impedindo a passagem de pedestres.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/522/indicacao_praca_itamarati_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja viabilizado a implantação e a revitalização e implantação de uma praça pública na Rua Itamarati, no Bairro Rosário III, local já conhecido pelos moradores da região como “praça Itamarati”, porém atualmente sem qualquer estrutura ou equipamento que permita sua utilização adequada pela comunidade.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/530/oficio_021_-2026_mgc_05_-_iluminacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado a empresa responsável pela iluminação ou ao setor de iluminação pública da prefeitura o pedido de troca das lâmpadas na BR MGC 05, KM 13, nas proximidades da curva do S, bairro Rosario I.</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/531/oficio_018-2026_rua_saraiva-_tapa_buraco_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a operação tapa buracos na rua Saraiva, próximo à escadaria, bairro Ana Lucia.</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/532/oficio_020-2026_rua_nana_kubtshek-_retirada_de_entulhos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a limpeza adequada na rua Nana Kubitschek após poda de árvore, bairro Ana Lucia.</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/533/oficio_019-2026_rua_martins_campos_-_retirada_de_entulho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a retirada de entulhos na rua Martins Campos, altura no número 127, bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/534/indicacao_rede_pluvial_ave_aparecida_do_norte_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de redes de captação de águas pluviais na Avenida Aparecida do Norte, também nas ruas Vila Nova, Guarani, Vasco da Gama, Unaí, Caldense, Botafogo, todas no Bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/535/indicacao_rua_guarani_aguas_pluviaisfotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Estudo técnico e intervenção com obras de escoamento de águas de chuva e melhorias no caminho onde há trânsito de pedestres na rua Guarani, entre as ruas Vasco da Gama e rua Atletico no bairro Novo Alvorada.</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/536/indicacao_escola_gerson_maoel_fotos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Contratação e manutenção de Professor de Informática na Escola Gerson Manoel do Anjos na Rua: Hybris, 450, bairro Ana Lúcia.</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/537/16-03_indicacao_faixa_de_pedestre_na_praca_do_barao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização da pintura de faixa de pedestres em frente à Ponte de Ferro, localizada na Praça do Barão, s/nº, bairro Centro.</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/538/assinado_rua_suica.pdf</t>
+  </si>
+  <si>
+    <t>Caráter de urgência operação tapa buracos na Rua Suíça no Bairro Nações Unidas.</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/539/assinado_poda_arvore.pdf</t>
+  </si>
+  <si>
+    <t>Supressão de uma árvore localizada no passeio da Rua Espanha ao lado do n° 29, Bairro Nações Unidas.</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/540/assinado_bairro_castanheira.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento total da via principal que dá acesso ao Bairro Castanheira</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/541/realizacao_de_revisao_limpeza_e_manutencao_das_galerias_pluviais_em_todo_o_municipio_de_sabara._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de revisão, limpeza e manutenção das galerias pluviais em todo o município de Sabará.</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/542/asfaltamento_ou_calcamento_da_estrada_localizada_no_bairro_sobradinho_ao_lado_do_ifmg_no_municipio_de_sabara._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Asfaltamento ou calçamento da estrada localizada no bairro Sobradinho, ao lado do IFMG, no município de Sabará.</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/543/capina_jaboticatuba_com_amalia_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Capina e limpeza no entroncamento da Rua Jaboticatuba com a Avenida Amália, no bairro Nova Vista.</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/544/aprazivel_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Solicita implantação de quebra-molas na Rua Aprazível, nº 102, devido ao intenso tráfego de veículos e risco à segurança de pedestres.</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/545/ramos_ferreira_26_assinado.pdf</t>
+  </si>
+  <si>
+    <t>capina e limpeza na Rua Ramos Ferreira, nº 26, bairro Nova Vista.</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/546/indicacao___manutencao_das_academias_ao_ar_livre_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das academias ao Ar livre.</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/547/indicacao___operacao_tapa-buracos__abaete_general_carneiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos em toda a extensão da Rua Abaeté, localizada no Bairro General Carneiro, neste município.</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/548/indicacao_limpeza_e_capina_entrada_do_morro_sao_francisco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A entrada do Bairro Morro São Francisco se encontra atualmente com grande quantidade de mato e acúmulo de sujeira, situação que tem causado transtornos aos moradores e às pessoas que transitam pela região.</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_limpeza_e_capina_beco_saldanha_morro_da_cruz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Faz necessária devido ao grande acúmulo de mato no local, situação que tem gerado preocupação entre os moradores, uma vez que tem sido frequente o aparecimento de cobras e outros animais peçonhentos, colocando em risco a segurança da população.</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/550/indicacao_coleta_de_lixo_rua_dois_irmaos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A Rua Dois Irmãos possui um trecho bastante íngreme, o que tem dificultado significativamente que moradores consigam se deslocar até pontos mais distantes para realizar o descarte adequado de seus resíduos.</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/324/mocao_de_aplausos_projeto_indio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Se destaca por promover o diálogo entre saberes, a valorização da cultura indígena e a construção de práticas de saúde baseadas na equidade e no respeito às especificidades dos povos originários.</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/325/mocao_de_aplausos_sr._reinaldo_thomaz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Exerceu o cargo de vereador por dois mandatos, sendo eleito com votação expressiva para a época, o que demonstrou a confiança da população em seu trabalho</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/326/mocao_de_aplauso_-_artista_sabarense_-_glauber_henrique_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao artista Glauber Henrique Pereira</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/345/mocao_de_aplausos_20-10_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos à atleta mirim sabarense Mariana Valentina Almeida, de apenas 10 anos de idade, pelos relevantes resultados alcançados em sua trajetória esportiva.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/499/mocao_de_aplausos_-_sinei_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos  à professora Sinei Maximiano da Silva, ex diretora da Escola Municipal Geralda Dias de Assunção, em reconhecimento aos relevantes serviços prestados à educação e à comunidade escolar durante o período em que esteve à frente da direção.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/500/mocao_de_aplausos_-_adelina_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplauso em reconhecimento aos relevantes serviços prestados à educação e à comunidade pela servidora Adelina Avelar Olivetto Santos, atualmente lotada no CEI Irmãos Santos Brás.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/501/mocao_de_aplausos_-_silvia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à Professora Sílvia Max, pelo excelente trabalho de conscientização sobre a importância da coleta seletiva de resíduos e pela implantação de um ecoponto na Escola Municipal Geralda Dias de Assunção, desenvolvido em conjunto com seus alunos.</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/353/projeto_de_lei_cidadao_honorario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida a Lúcio Sérgio de Oliveira, o título de Cidadão Honorário do Município de Sabará, em reconhecimento aos relevantes serviços prestados ao Município.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Executivo Municipal - EXEC</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/455/20260305145527594_1.pdf</t>
+  </si>
+  <si>
+    <t>Anexo do Projeto 015/2026</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/322/projeto_de_lei_contrucao_e_adequacao_de_calcadas_para_familia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instituir o Programa Municipal de Construção e Adequação de Calçadas para Famílias de Baixa Renda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/323/projeto_regulamenta_doacoes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação da captação de recursos financeiros por meio de doações em estabelecimentos comerciais no Município de Sabará, veda campanhas destinadas a entidades sediadas fora do Município e estabelece incentivos aos estabelecimentos arrecadadores.</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/334/projeto_de_lei_menina_assinado_novo.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Programa Municipal Menina Futuro – Educação, Saúde e Autonomia para Adolescentes no município de Sabará e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/335/projeto_de_lei_calculo_salario_assinado_novo.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração da base de cálculo das vantagens e adicionais concedidos aos servidores públicos municipais de Sabará, em especial o adicional de insalubridade, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/351/projeto_de_lei_no005_2026__institui_o_regime_de_pontuacao_para_composicao_dos_gabinetes_parlamentares.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Regime de Pontuação para composição dos Gabinetes Parlamentares; cria o cargo em comissão de Assessor Parlamentar (AP) e Assessor Especial (AE), estruturados em níveis; fixa limites de pontuação e tetos financeiros e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_-_agendamento_de_consultas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a implantação de sistema digital de agendamento de consultas e exames na rede municipal de saúde, por meio de aplicativo oficial da Prefeitura, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/360/projeto_de_lei_unidade_basica_de_saude_d._zelia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Unidade Básica de Saúde Zélia Martins da Costa Oliveira” a Unidade Básica de Saúde localizada na Rodovia Senador Eliseu Resende, no Município de Sabará</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/371/projeto_de_lei_atencao_integral_a_pessoa_com_fibromialgia_e_sobre_a_carteira_municipal_de_identificacao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Política Municipal de Atenção Integral à Pessoa com Fibromialgia, destinada à promoção do cuidado, do acolhimento, da inclusão e da garantia de prioridade de atendimento às pessoas acometidas por Síndrome de Fibromialgia</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/363/projeto_de_lei_bem-estar_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Fica instituída, no Município de Sabará, a Política Municipal_x000D_
+Integrada de Saúde Mental e Bem-Estar da Mulher, com enfoque_x000D_
+preventivo, humanizado e Inter setorial, voltada às mulheres_x000D_
+em situação de vulnerabilidade social, emocional ou psicológica.</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/366/cadastro_de_maus_tratos_a_animais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Cadastro Municipal de Pessoas Responsabilizadas por Maus-Tratos a Animais no Município de Sabará e estabelece restrições à adoção de animais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/368/projetos_de_lei_denominacao_de_logradouro_pedra_branca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece o logradouro que menciona na Regional Ravena e dá outras providências._x000D_
+Fica denominado o logradouro público, situado no Distrito de Ravena, conhecido popularmente como “Rua Contorno Pedra Branca” e passa a ser denominada Contorno Pedra Branca; a via que tem seu início na Avenida Canaã e seu término na Rua Turmalina, no bairro Canaã, Distrito de Ravena.</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/373/projeto_incentivo_fiscais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Incentivo à_x000D_
+Destinação de Recursos de Incentivos Fiscais_x000D_
+Federais e Estadual no Município de Sabará e_x000D_
+autoriza a concessão de incentivo fiscal_x000D_
+municipal proporcional, com limites e controle_x000D_
+orçamentário.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/374/projeto_de_lei_contrucao_e_adequacao_de_calcadas_para_familia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/409/projeto_de_lei_-_reserva_de_espaco_p_acessibilidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a reserva obrigatória de espaço acessível para pessoas com deficiência em eventos realizados no Município de Sabará e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/422/projeto_de_lei_apoiamento_casa_maria_mae_de_misericordia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Utilidade Pública Municipal a Associação Casa de Maria Mãe de Misericórdia, entidade civil de direito privado, sem fins lucrativos, inscrita no CNPJ nº 59.979.991/0001-49, com sede e atuação no Município de Sabará/MG.</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/425/projeto_de_lei_denominacao_de_logradouro_do_bairro_pompeu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Fica alterada a denominação da via pública atualmente identificada como Rua Hélio Martins Bento, localizada no Bairro Pompeu, especificamente no trecho situado após o curso d’água que divide a localidade, passando a denominar-se Rua Aparício Custódio de Oliveira.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/426/projeto_de_lei_de_mobilidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei  Programa Municipal Rotas Acessíveis e Mobilidade Universal.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/456/pl_denominacao_de_logradouro_rua_dos_tius_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece o logradouro que menciona na Regional Ravena e dá outras providências._x000D_
+"Passa a ser denominada Rua dos Tius; a via circular que tem seu início e fim na rua Pedro de Alcântara, no bairro Boa Vista, Distrito de Ravena."</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/457/pl_nomeia_a_rua_parada_das_flores_-_paciencia_-_sapl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece e denomina o Logradouro público que mencionam na Regional Roça Grande/Centro e dá outras providências.”.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/458/projeto_de_lei_selo__empresa_amiga_da_mulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Selo Empresa Amiga da Mulher, destinado a reconhecer empresas, estabelecimentos comerciais, organizações e demais entidades que adotem boas práticas voltadas à promoção da igualdade de gênero, à valorização do trabalho feminino e à construção de ambientes seguros e respeitosos para mulheres.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/465/autoriza_o_poder_executivo_a_implantar_albergue_municipal_destinado_ao_acolhimento_noturno_de_pessoas_em_situacao_de_rua_e_da_outras_providencias._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a implantar Albergue Municipal destinado ao acolhimento noturno de pessoas em situação de rua e dá outras providências.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/466/autoriza_o_poder_executivo_a_implantar_o_centro_de_referencia_especializado_para_populacao_em_situacao_de_rua_centro_pop_no_municipio_e_da_outras_providencias._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a implantar o Centro de Referência Especializado para População emSituação de Rua (Centro POP) no Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/509/denominacao_de_rua_rosario_3_parte_1.._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação a logradouro  público.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/510/denominacao_de_rua_rosario_3_parte_2.._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação a logradouro  público</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/511/projeto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Declara de utilidade pública ASSOCIAÇÃO SOCIAL E RECREATIVA AINDA HÁ ESPERANÇA.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/527/projeto_de_lei_-programa_sabara_de_todos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o programa Sabará de Todos no Município de Sabará, estabelece diretrizes para cooperação voluntária com a iniciativa privada e a sociedade civil e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/528/projeto_de_lei_mapa_do_autismo_de_sabara_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Esta Lei dispõe sobre diretrizes para a produção, organização e sistematização de informações relativas às pessoas com Transtorno do Espectro Autista (TEA) no Município de Sabará, com a finalidade de subsidiar o planejamento e o aprimoramento das políticas públicas voltadas a esse público, no âmbito do denominado Mapa do Autismo de Sabará.</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/304/oficio_no_003-2026_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Reunião Extraordinária - Urgente</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/333/requerimento_0126_assinado.pdf</t>
+  </si>
+  <si>
+    <t>solicitando que este interceda junto ao DER Departamento de Edificações e Estradas de Rodagem, para que sejam adotadas as seguintes providências na rodovia BR/MGT-262:</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/336/requerimento_0226_assinado.pdf</t>
+  </si>
+  <si>
+    <t>que seja enviada ao Presidente desta casa André Luiz Soares, solicitando que este interceda junto ao DER Departamento de Edificações e Estradas de Rodagem, para que sejam adotadas as seguintes providências na rodovia BR/MGT-262:</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/407/requerimento_2.pdf</t>
+  </si>
+  <si>
+    <t>Acerca dos contratos firmados com empresas terceirizadas que prestaram ou prestam serviços ao Município.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/408/oficio_054-2026_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a retirada de tramitação dos Projetos de Lei nº 003/2026 e nº 001/2026 para reavaliação técnica e jurídica.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/454/requerimento___substituicao_da_tampa_de_esgoto___copasa___rua_alemanha_nacoes_unidas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Tamponamento/reparo de buraco aberto em via pública, localizado na Rua Alemanha 590, bairro; Nações Unidas, Sabará/MG.</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/551/requerimento_mapa_do_autista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Mapeamento da Pessoa com Transtorno do Espectro Autista – Mapa do Autista de Sabará”, para fins de adequação técnica da matéria.</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>3272</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Veto</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/307/oficio_006-2026_-_gabinete_do_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 006/2026._x000D_
+Veto parcial aposto à Proposição de Lei nº 3.272, de 09 de dezembro de 2025, que “dá denominação a logradouros públicos”.</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>EMEN</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/394/emenda_pl_incorporacao_do_horario_do_recreio_e_pausa_escolar_-_sapl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA AO PROJETO DE LEI Nº 142/ 2025</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/529/emenda_pl_12-2026_de_incentivo_fiscal_para_empresas_-_sapl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda ao Projeto de Lei 012/2026</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/553/001-2026_-_emenda_ao_projeto_020-2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N° 001/2026 AO PROJETO DE LEI N° 020, DE 06 DE MARÇO DE 2026._x000D_
+Altera dispositivo do Projeto de Lei nº 020, de 06 de março de 2026, que dispõe sobre_x000D_
+a inclusão de dispositivos na Lei Municipal nº 3.235, de 05 de fevereiro de 2026, e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>PLOEX</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/305/projeto_de_lei_numero_001_de_05_de_janeiro_de_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 001, de 05 de janeiro de 2026._x000D_
+“Dispõe sobre a majoração do quantitativo de cargos efetivos, no âmbito do quadro de pessoal do Poder Executivo Municipal, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/303/projeto_de_lei_numero_002_de_05_de_janeiro_de_2026-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 002, de 05 de janeiro de 2026._x000D_
+Altera o Quadro de Pessoal do Poder Executivo Municipal para ampliar o quantitativo de cargos efetivos de Enfermeiro Plantonista, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/357/projeto_de_lei_numero_003_de_05_de_janeiro_de_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 003, de 05 de janeiro de 2026._x000D_
+“Institui, no âmbito do Município de Sabará, a “Medalha Vila Real” e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/309/2-_beneficios_eventuais_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 004, de 05 de janeiro de 2026._x000D_
+“Institui, regulamenta e organiza a provisão dos Benefícios Eventuais no âmbito da Política Municipal de Assistência Social do Município de Sabará e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/310/3-_altera_a_lei_3.096-2025_-_identificacao_de_fiacao_aerea_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 005, de 16 de janeiro de 2026._x000D_
+“Altera dispositivos da Lei Municipal nº 3.096, de 24 de abril de 2025 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/311/008-2026_-_fiscalizacao_e_acompanhamento_da_execucao_das_emendas_parlamentares_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 008, de 30 de janeiro de 2026._x000D_
+“Dispõe sobre a fiscalização e o acompanhamento da execução das emendas parlamentares municipais, estaduais e federais repassadas ao Município, com o objetivo de assegurar a transparência, a rastreabilidade e a adequada prestação de contas.”</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/312/009-2026_-_abertura_de_credito_especial_-_pac_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 009, de 30 de janeiro de 2026._x000D_
+“Autoriza a abertura de créditos adicionais especiais no Orçamento do Município de Sabará para o exercício financeiro de 2026, promove adequações na estrutura orçamentária e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/313/projeto_de_lei_numero_010_de_30_de_janeiro_de_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 010, de 30 de janeiro de 2026._x000D_
+“Autoriza a abertura de crédito adicional especial no Orçamento do Município de Sabará para o exercício financeiro de 2026, promove adequações na estrutura orçamentária e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/314/011-2026_-_inclusao-adequacao_de_classificacao_de_receita_e_a_abertura_de_creditos_adicionais_-_fnas_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 011, de 30 de janeiro de 2026._x000D_
+“Autoriza a inclusão/adequação de classificação de receita e a abertura de créditos adicionais no Orçamento do Município de Sabará para o exercício de 2026, promove adequações na estrutura orçamentária e viabiliza a compatibilização com as exigências do Fundo Nacional de Assistência Social – FNAS.”</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/315/012-2026_-_contribuicoes_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 012, de 30 de janeiro de 2026._x000D_
+“Concede contribuição às entidades que menciona e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/355/projeto_de_lei_numero_013_de_02_de_fevereiro_de_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 013, de 02 de fevereiro de 2026._x000D_
+_x000D_
+“Dispõe sobre a revogação de cargos em comissão no âmbito da Administração Pública Municipal de Sabará, estabelece medidas de adequação administrativa e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/354/014-2026_-_abertura_de_credito_especial_-_r250.00000_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 014, de 20 de fevereiro de 2026._x000D_
+_x000D_
+“Autoriza a Abertura de Crédito Adicional Especial e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/413/015-2025_-_autoriza_o_municipio_a_receber_em_doacao_imovel_-_distrito_industrial_fatima_ii_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 015, de 27 de fevereiro de 2026._x000D_
+“Autoriza o Município de Sabará a receber, em doação gratuita, imóvel destinado à abertura de via pública e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/503/rojeto_de_lei_numero_016_de_06_de_marco_de_2026._-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 016, de 06 de março de 2026._x000D_
+“Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/504/projeto_de_lei_numero_017_de_06_de_marco_de_2026._-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 017, de 06 de março de 2026._x000D_
+“Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/505/projeto_de_lei_numero_018_de_06_de_marco_de_2026._-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 018, de 06 de março de 2026._x000D_
+“Autoriza a Abertura de Crédito Adicional Especial e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/506/projeto_de_lei_numero_019_de_06_de_marco_de_2026._-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 019, de 06 de março de 2026._x000D_
+“Autoriza a Abertura de Crédito Adicional Especial e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/507/020_-2026_de_6_de_marco_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 020, de 06 de março de 2026._x000D_
+“Inclui dispositivos na Lei Municipal n° 3.235, de 05 de fevereiro de 2026 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/508/021-2026_de_6_de_marco_2026_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 021, de 06 de março de 2026._x000D_
+“Autoriza a Abertura de Crédito Adicional Especial e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/552/projeto_de_lei_numero_022_de_09_de_marco_de_2026-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI NÚMERO 022, de 09 de março de 2026._x000D_
+“Concede subvenção às entidades que menciona e dá outras providências”.</t>
+  </si>
+  <si>
     <t>308</t>
   </si>
   <si>
-    <t>2026</t>
-[...14 lines deleted...]
-    <t>https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/308/1-_institui_a_certidao_municipal_de_conformidade_urbanistica_e_territorial__cmcut_-_assinado_prefeito.pdf</t>
+    <t>PLCEX</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar - Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/308/1-_institui_a_certidao_municipal_de_conformidade_urbanistica_e_territorial__cmcut_-_assinado_prefeito.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 001, de 16 de janeiro de 2026._x000D_
 “Institui a Certidão Municipal de Conformidade Urbanística e Territorial – CMCUT aplicável às atividades minerárias no Município de Sabará, condiciona a emissão, renovação e manutenção de certidões, declarações e alvarás municipais ao cumprimento de obrigações urbanísticas, cria o Diagnóstico Municipal de Impactos da Mineração, estabelece o Termo de Compromisso Urbanístico e dá outras providências”.</t>
   </si>
   <si>
-    <t>305</t>
-[...150 lines deleted...]
-Veto parcial aposto à Proposição de Lei nº 3.272, de 09 de dezembro de 2025, que “dá denominação a logradouros públicos”.</t>
+    <t>412</t>
+  </si>
+  <si>
+    <t>http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/412/003-202620-20institui20a20certidc3a3o20municipal20de20conformidade20urbanc3adstica20e20territorial20e2809320cmcut_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº 003, de 26 de fevereiro de 2026._x000D_
+_x000D_
+“Institui a Certidão Municipal de Conformidade Urbanística e Territorial (CMCUT), dispõe sobre a avaliação de impactos urbanísticos e territoriais no Município de Sabará, cria instrumentos de controle urbanístico, institui taxa de análise correspondente, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -560,68 +3233,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/308/1-_institui_a_certidao_municipal_de_conformidade_urbanistica_e_territorial__cmcut_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/305/projeto_de_lei_numero_001_de_05_de_janeiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/303/projeto_de_lei_numero_002_de_05_de_janeiro_de_2026-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/309/2-_beneficios_eventuais_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/310/3-_altera_a_lei_3.096-2025_-_identificacao_de_fiacao_aerea_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/311/008-2026_-_fiscalizacao_e_acompanhamento_da_execucao_das_emendas_parlamentares_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/312/009-2026_-_abertura_de_credito_especial_-_pac_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/313/projeto_de_lei_numero_010_de_30_de_janeiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/314/011-2026_-_inclusao-adequacao_de_classificacao_de_receita_e_a_abertura_de_creditos_adicionais_-_fnas_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/315/012-2026_-_contribuicoes_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/304/oficio_no_003-2026_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/307/oficio_006-2026_-_gabinete_do_prefeito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/316/indicacao_obras_-_ponte_de_acesso_ao_cigana_em_ravena_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/317/indicacao_camara_-_falta_de_agua_na_vila_esperanca_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/318/indicacao_obras_-_rua_euclides_em_ravena_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/319/pavimentacao_de_ruas_de_calcadas_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/320/contrucao_de_16_muros_de_arrimo_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/321/recapeamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/327/09-02_operacao_tapa_buracos_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/328/09-02_operacao_tapa_buracos__av_jujuca_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/329/indicacao___construcao_de_praca_e_capina_da_rua_minas_gerais_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/330/indicacao___operacao_tapa-buracos_curva_acelormittal__bairro_siderurgica_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/331/indicacao___revitalizacao_da_praca_de_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/332/requerimento_4025_assinado_novo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/337/indicacao_1_26_limpeza_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/338/pavimentacao_de_ruas_de_terra_assinado..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/340/oficio_001_-2026_rua_florestal_-_capina_e_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/341/oficio_003_-2026_supressao_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/342/oficio_005_-_2026_capina_e_limpeza_de_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/343/oficio_002-2026_rua_unai-_vila_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/344/oficio_004_-2026_castanheiras-_recapeamento_asfaltico_e_operacao_tapa_buracos_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/346/realizacao_de_operacao_tapa-buracos_na_estrada_do_castanheira2c_em_toda_sua_extensao2c_ate_a_escola_municipal_do_castanheira._assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/347/realizacao_de_limpeza_do_escadao_localizado_na_rua_vespasiano.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/348/realizacao_de_limpeza_e_pavimentacao_da_rua_eduardo_barbosa2c_localizada_no_bairro_coqueiros._assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/356/indicacao_obras_-_tapa_buraco_rua_diana_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/358/indicacao_obras_-_parque_ana_lucia_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/359/indicacao_prefeito_-_equiparacao_do_piso_dos_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/361/indicacao_obras_-_ruas_templum_e_fobos_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/362/indicacao_defesa_social_-_rotatoria_do_bh_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/364/indicacao_-_pintura_centro_comercial_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/365/indicacao_quebra_mola_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/367/matagal_rua_saraiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/369/rua_garzea_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/370/indicacao_-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/372/indicacao___providencie_a_revitalizacao_da_sinalizacao_horizontal_e_vertical_com_especial_atencao_as_areas_escolares_e_aos_corredores_de_grande_fluxo_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/375/indicacao___construcao_de_uma_passarela_para_pedestres_na_rodovia_mgc-262_nas_proximidades_da_praca_dos_coqueiros_-_copia_-_copia_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/376/indicacao___construcao_de_trincheira_na_rodovia_mgc_262_ligando_a_rua_acucena_com_a_rua_liberdade_bairro_alvorada._assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/377/indicacao___quebra-molas__rua_liberia__nacoes_unidas_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/378/indicacao___passagem_elevada_de_pedestre___rua_presidente_juscelino_kubistscheck__em_frente_a_padaria_beira_rio_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/379/guarda_corpo_rua_vespaciano_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/380/reforma_da_guarita_e_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/381/implantacao_de_sistema_de_captacao_de_aguas_pluviais_com_a_instalacao_de_bocas_de_lobo_na_rua_paracatu_e_ruas_adjacentes_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/382/oficio_010_-2026_rua_jaboticatubas-_capina_e_limpeza_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/383/oficio_008_-2026_travessia_rio_das_velhas_-_capina_e_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/384/oficio_007_-2026_av_amalia-_recapeamento_asfaltico_e_operacao_tapa_buracos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/385/muro_de_arrimo_-_rua_beira_linha_-_roca_grande_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/386/tapa_buraco_-_rua_santana_-_roca_grande_em_toda_extensao_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/387/oficio_011_-_2026_rua_fluminense_muro_de_arrrimo_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/388/tapa_buraco_-_rua_santo_antonio_-_roca_grande_em_toda_extensao_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/389/oficio_009-2026_rua_florestal_com_guaraciaba_-_drenagem_pluvial_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/390/requerimento_01_23-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/391/requerimento_03_23-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/392/requerimento_05_23-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/393/requerimento_04_23-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/395/indicacao_2_praca_novo_alvorada_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/396/indicacao_de_contencao_de_encostafotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/397/indicacao_de_transporte_escolar_vila_barraginha_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/398/a_substituicao_de_todas_as_lampadas_upa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/399/retirada_dos_pombos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/400/a_retirada_de_animal_cachorro_que_se_encontra_na_upa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/401/regularizacao_da_mangueira_de_incendio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/402/construcao_do_escadao_localizado_na_rua_fortaleza_bairro_vila_rica_em_sabara._assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/403/o_fechamento_da_abertura_existente_na_parte_posterior_da_upa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/404/instalacao_de_extintores_na_upa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/405/23-02_rampa_de_acessibilidade_e_limpeza_de_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/406/requerimento_02_23-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/410/indicacao_meio_ambiente_-_coleta_de_lixo_na_rua_antares_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/411/indicacao_meio_ambiente_-_poda_de_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/414/indicacao_meio_ambiente_-_limpeza_ruas_ana_luca_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/415/indicacao_obras_e_educacao_-_manutencao_escola_maria_costa_pinto_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/416/indicacao_obras_-_parque_ana_lucia_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/417/indicacao_obras_-_limpeza_dos_bueiros_general_carneiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/418/indicacao_prefeito_-_praca_da_matriz_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/419/recapeamento_asfaltico_ao_longo_na_avenida_jose_raimundo_ribeiro_bairro_campo_santo_antonioassinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/420/pintura_do_quebra-molas_na_rua_joao_da_mata_lima_em_frente_ao_numero_251_a_bairro_campo_santo_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/421/limpeza_e_capina_em_toda_extensao_do_largo_da_avenida_joao_pinheiro_da_silva_bairro_campo_santo_antonio.assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/423/prefeitura_aderir_ao_projeto_sandbox_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/424/iluminacao_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/427/reclassificacao_da_rua_marina_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/428/passarela_rua_flor_do_campo_campo_geracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/429/manutencao_do_telhado_da_e.m._jose_lopes_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/430/contrucao_da_quadra_poliesportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/431/escola_integral_na_e.m._assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/432/oficio_012-2026_rua_acucena_-_tapa_buraco_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/433/oficio_013-2026_jardim_castanheira-_construcao_de_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/434/oficio_014_-2026_jardim_castanheiras-_recapeamento_asfaltico_e_operacao_tapa_buracos_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/435/indicacao_estudo_de_viabilidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/436/indicacao_saneamento_basico_roca_grandefotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/437/indicacao_bairro_cruzeiro_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/438/indicacao_faixas_elevadas_mgt_262fotos_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/439/indicacao_placa_de_pribido_caminhao_itacolomi_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/440/indicacao_iluminacao_publica_itacolomi_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/441/cornelio_procopio_transito_sinalizacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/442/reparo_de_protecao_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/443/requerimento_04_02-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/444/requerimento_06_02-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/445/requerimento_01_02-03_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/446/requerimento_02_02-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/447/requerimento_05_02-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/448/requerimento_03_02-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/449/requerimento_rua_suica_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/450/indicacao___corte_de_arvore__proximo_a_ponte_do_gel_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/451/indicacao___limpeza_na_escola_geraldo_alves_feitosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/452/indicacao___manutencao_tecnica_limpeza_e_desobstrucao_do_sistema_de_drenagem_pluvial_bueiros_e_galerias_em_pontos_criticos_do_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/453/indicacao___realizacao_do_dia_d_de_limpeza__combate_as_arboviroses_especialmente_dengue_zika_e_chikungunya_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/459/indicacao_defesa_social_-_quebra_molas_rua_rodes_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/460/indicacao_obras_-_tapa_buracos_ana_lucia_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/461/indicacao_obras_-_tapa_buracos_rosario_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/462/indicacao_obras_-_tapa_buracos_nova_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/463/indicacao_obras_-_tampa_do_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/464/indicacao_meio_ambiente_-_av_cardoso_de_menezes_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/467/vazamento_rua_jose_pertence_proximo_ao_numero_39_-_copasa-_paciencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/468/limpeza_e_capina_-_em_toda_extensao_da_passarela_de_pedestres_av_expedicionario_romeu_jeronimo_dantas-_caieira_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/469/asfaltamento_-_rua_santa_efigenia_-_roca_grande_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/470/asfaltamento_-_rua_beira_linha_-_roca_grande_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/471/tapa_buraco_-_em_toda_extensao_da_rua_americo_ferreira_passos_-_campo_santo_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/472/extensao_rede_de_agua_e_esgoto_avenida_celeste_cabral_-_paciencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/473/tapa_buraco_-_toda_extensao_da_rua_padre_sebastiao_tirino_-_alto_do_cabral_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/474/iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/475/iluminacao_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/476/iluminacao_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/477/oficio_015-_2026_av_cardoso_de_menezes_-_redutor_de_velocidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/478/oficio_016_-_2026_-_av_cardoso_de_menezes_com_acucena_faixa_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/479/oficio_017-2026_rua_eloi_mendes_-_tapa_buraco_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/480/indicacao_elaboracao_e_implementacao_da_politica_municipal_do_tempo_das_mulheres_no_municipio_de_sabara_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/481/indicacao_calcada_e_limpeza_centro_09_03_26_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/482/indicacao_bairro_galego_fots_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/483/indicacao_rua_flamengo_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/484/indicacao_rua_vasco_da_gama_09_03_26_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/485/indicacao_02_09-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/486/indicacao_01_09-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/487/indicacao_03_09-03_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/488/indicacao_04_09-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/489/poda_arvore_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/490/solicitando_a_instalacao_de_uma_caixa_d_agua_para_atendimento_da_comunidade_do_alto_do_vila_rica_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/491/implantacao_de_sinalizacao_viaria_do_tipo__olho_de_gato_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/492/solicitando_a_construcao_de_vestiarios_no_campo_do_coqueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/493/09-03_indicacao-_capina_e_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/494/09-03_indicacao-_capina_e_rocagem_-_paciencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/495/09-03_indicacao-_implementacao_de_circulacao_em_sentido_unico_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/496/indicacao___limpeza_e_capina___bairro_mangabeiras_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/497/indicacao___operacao_tapa-buracos__rua_estados_unidos__nacoes_unidas_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/498/indicacao___operacao_tapa-buracos__rua_suica__nacoes_unidas_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/502/indicacao_parque_multisensorial_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/512/indicacao_obras_-_troca_de_poste_rio_acima_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/513/indicacao_obras_-_ruas_natal_e_pernambuco_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/514/indicacao_obras_-_ruas_joaquim_barbosa_-_bairro_rosario_iii_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/515/indicacao_obras_-_ponte_sobre_corrego_malheiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/516/instalacao_de_uma_guarita_de_ponto_de_onibusassinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/517/manilhamento_dos_corregos_das_ruas_santos_dumont_e_itapecerica_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/518/construcao_de_muro_de_gabiao__assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/519/implantacao_de_sinalizacao_e_regulamentacaoassinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/520/a_instalacao_de_manilhas_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/521/capina_saraiva_332.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/522/indicacao_praca_itamarati_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/530/oficio_021_-2026_mgc_05_-_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/531/oficio_018-2026_rua_saraiva-_tapa_buraco_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/532/oficio_020-2026_rua_nana_kubtshek-_retirada_de_entulhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/533/oficio_019-2026_rua_martins_campos_-_retirada_de_entulho_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/534/indicacao_rede_pluvial_ave_aparecida_do_norte_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/535/indicacao_rua_guarani_aguas_pluviaisfotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/536/indicacao_escola_gerson_maoel_fotos_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/537/16-03_indicacao_faixa_de_pedestre_na_praca_do_barao_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/538/assinado_rua_suica.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/539/assinado_poda_arvore.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/540/assinado_bairro_castanheira.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/541/realizacao_de_revisao_limpeza_e_manutencao_das_galerias_pluviais_em_todo_o_municipio_de_sabara._assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/542/asfaltamento_ou_calcamento_da_estrada_localizada_no_bairro_sobradinho_ao_lado_do_ifmg_no_municipio_de_sabara._assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/543/capina_jaboticatuba_com_amalia_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/544/aprazivel_assinada.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/545/ramos_ferreira_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/546/indicacao___manutencao_das_academias_ao_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/547/indicacao___operacao_tapa-buracos__abaete_general_carneiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/548/indicacao_limpeza_e_capina_entrada_do_morro_sao_francisco_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_limpeza_e_capina_beco_saldanha_morro_da_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/550/indicacao_coleta_de_lixo_rua_dois_irmaos_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/324/mocao_de_aplausos_projeto_indio_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/325/mocao_de_aplausos_sr._reinaldo_thomaz_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/326/mocao_de_aplauso_-_artista_sabarense_-_glauber_henrique_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/345/mocao_de_aplausos_20-10_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/499/mocao_de_aplausos_-_sinei_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/500/mocao_de_aplausos_-_adelina_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/501/mocao_de_aplausos_-_silvia_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/353/projeto_de_lei_cidadao_honorario_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/455/20260305145527594_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/322/projeto_de_lei_contrucao_e_adequacao_de_calcadas_para_familia_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/323/projeto_regulamenta_doacoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/334/projeto_de_lei_menina_assinado_novo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/335/projeto_de_lei_calculo_salario_assinado_novo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/351/projeto_de_lei_no005_2026__institui_o_regime_de_pontuacao_para_composicao_dos_gabinetes_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/339/projeto_de_lei_-_agendamento_de_consultas_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/360/projeto_de_lei_unidade_basica_de_saude_d._zelia_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/371/projeto_de_lei_atencao_integral_a_pessoa_com_fibromialgia_e_sobre_a_carteira_municipal_de_identificacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/363/projeto_de_lei_bem-estar_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/366/cadastro_de_maus_tratos_a_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/368/projetos_de_lei_denominacao_de_logradouro_pedra_branca_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/373/projeto_incentivo_fiscais_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/374/projeto_de_lei_contrucao_e_adequacao_de_calcadas_para_familia_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/409/projeto_de_lei_-_reserva_de_espaco_p_acessibilidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/422/projeto_de_lei_apoiamento_casa_maria_mae_de_misericordia_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/425/projeto_de_lei_denominacao_de_logradouro_do_bairro_pompeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/426/projeto_de_lei_de_mobilidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/456/pl_denominacao_de_logradouro_rua_dos_tius_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/457/pl_nomeia_a_rua_parada_das_flores_-_paciencia_-_sapl_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/458/projeto_de_lei_selo__empresa_amiga_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/465/autoriza_o_poder_executivo_a_implantar_albergue_municipal_destinado_ao_acolhimento_noturno_de_pessoas_em_situacao_de_rua_e_da_outras_providencias._assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/466/autoriza_o_poder_executivo_a_implantar_o_centro_de_referencia_especializado_para_populacao_em_situacao_de_rua_centro_pop_no_municipio_e_da_outras_providencias._assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/509/denominacao_de_rua_rosario_3_parte_1.._assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/510/denominacao_de_rua_rosario_3_parte_2.._assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/511/projeto_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/527/projeto_de_lei_-programa_sabara_de_todos_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/528/projeto_de_lei_mapa_do_autismo_de_sabara_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/304/oficio_no_003-2026_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/333/requerimento_0126_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/336/requerimento_0226_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/407/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/408/oficio_054-2026_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/454/requerimento___substituicao_da_tampa_de_esgoto___copasa___rua_alemanha_nacoes_unidas_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/551/requerimento_mapa_do_autista_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/307/oficio_006-2026_-_gabinete_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/394/emenda_pl_incorporacao_do_horario_do_recreio_e_pausa_escolar_-_sapl_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/529/emenda_pl_12-2026_de_incentivo_fiscal_para_empresas_-_sapl_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/553/001-2026_-_emenda_ao_projeto_020-2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/305/projeto_de_lei_numero_001_de_05_de_janeiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/303/projeto_de_lei_numero_002_de_05_de_janeiro_de_2026-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/357/projeto_de_lei_numero_003_de_05_de_janeiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/309/2-_beneficios_eventuais_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/310/3-_altera_a_lei_3.096-2025_-_identificacao_de_fiacao_aerea_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/311/008-2026_-_fiscalizacao_e_acompanhamento_da_execucao_das_emendas_parlamentares_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/312/009-2026_-_abertura_de_credito_especial_-_pac_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/313/projeto_de_lei_numero_010_de_30_de_janeiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/314/011-2026_-_inclusao-adequacao_de_classificacao_de_receita_e_a_abertura_de_creditos_adicionais_-_fnas_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/315/012-2026_-_contribuicoes_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/355/projeto_de_lei_numero_013_de_02_de_fevereiro_de_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/354/014-2026_-_abertura_de_credito_especial_-_r250.00000_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/413/015-2025_-_autoriza_o_municipio_a_receber_em_doacao_imovel_-_distrito_industrial_fatima_ii_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/503/rojeto_de_lei_numero_016_de_06_de_marco_de_2026._-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/504/projeto_de_lei_numero_017_de_06_de_marco_de_2026._-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/505/projeto_de_lei_numero_018_de_06_de_marco_de_2026._-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/506/projeto_de_lei_numero_019_de_06_de_marco_de_2026._-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/507/020_-2026_de_6_de_marco_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/508/021-2026_de_6_de_marco_2026_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/552/projeto_de_lei_numero_022_de_09_de_marco_de_2026-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/308/1-_institui_a_certidao_municipal_de_conformidade_urbanistica_e_territorial__cmcut_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sabara.mg.leg.br/media/sapl/public/materialegislativa/2026/412/003-202620-20institui20a20certidc3a3o20municipal20de20conformidade20urbanc3adstica20e20territorial20e2809320cmcut_-_assinado_prefeito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H244"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="186.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="237" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -641,342 +3314,6579 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>96</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H25" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H26" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H27" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H29" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>129</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H30" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>136</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>129</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H31" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>129</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>129</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H33" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>48</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>48</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H35" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>157</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>48</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H36" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H37" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>48</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H38" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>26</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>26</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H40" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>176</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>26</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H41" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>75</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>75</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H44" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>194</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H45" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>194</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H46" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>202</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>75</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H47" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>206</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>194</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H48" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H49" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>213</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>214</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>215</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H50" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>218</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>219</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>215</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H51" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>215</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H52" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>226</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>227</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>215</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H53" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>230</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>231</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>66</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H54" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>235</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>66</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H55" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>238</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>239</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>66</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H56" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>242</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>243</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>96</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H57" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>247</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>96</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H58" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>251</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>96</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H59" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>254</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>96</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H60" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>258</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>259</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>96</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H61" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>262</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>263</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>96</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H62" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>266</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>267</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>96</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H63" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>270</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>271</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>39</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H64" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>274</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>275</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>215</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H65" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>278</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>279</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H66" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>282</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>283</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H67" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>286</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>287</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H68" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>290</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>291</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H69" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>294</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>295</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H70" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>298</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>299</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H71" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>302</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>303</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H72" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>306</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>307</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>194</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H73" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>310</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>311</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>194</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H74" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>314</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>315</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>194</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H75" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>318</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>319</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>194</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H76" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>322</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>323</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>26</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H77" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>326</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>327</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>26</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H78" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>330</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>331</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>26</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H79" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>334</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>335</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>26</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H80" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>338</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>339</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>26</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H81" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>342</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>343</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>26</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H82" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>346</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>347</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>75</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H83" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>350</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>351</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>75</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H84" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>354</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>355</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>75</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H85" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>358</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>359</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>360</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H86" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>363</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>364</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>66</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H87" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>367</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>368</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>66</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H88" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>371</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>372</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>66</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H89" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>375</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>376</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>377</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H90" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>380</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>381</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>377</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H91" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>384</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>385</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>129</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H92" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>388</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>389</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>129</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H93" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>392</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>393</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>215</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H94" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>396</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>397</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>215</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H95" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>400</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>401</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>215</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H96" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>404</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>405</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>215</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H97" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>408</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>409</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>215</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H98" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>412</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>413</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>215</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H99" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>416</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>417</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>61</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H100" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>420</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>421</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>48</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H101" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>424</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>425</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>48</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H102" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>428</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>429</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>48</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H103" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>432</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>433</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>48</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H104" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>436</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>437</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H105" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>440</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>441</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H106" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>444</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>445</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H107" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>448</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>449</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H108" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>452</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>453</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H109" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>456</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>457</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H110" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>460</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>461</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>194</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H111" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>464</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>465</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>194</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H112" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>468</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>469</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>194</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H113" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>472</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>473</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>194</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H114" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>476</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>477</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>194</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H115" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>480</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>481</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>194</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H116" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>484</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>485</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>194</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H117" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>488</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>489</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>26</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H118" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>492</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>493</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>26</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H119" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>496</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>497</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" t="s">
+        <v>26</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H120" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>499</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>500</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>75</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H121" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>503</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>504</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" t="s">
+        <v>75</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H122" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>507</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>508</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" t="s">
+        <v>75</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H123" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>511</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>512</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" t="s">
+        <v>360</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H124" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>515</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>516</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>66</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H125" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>519</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>520</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>66</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H126" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>523</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>524</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>66</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H127" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>527</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>528</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>66</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H128" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>531</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>532</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" t="s">
+        <v>215</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H129" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>536</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F130" t="s">
+        <v>215</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H130" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>540</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>12</v>
+      </c>
+      <c r="F131" t="s">
+        <v>215</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H131" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>543</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>544</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" t="s">
+        <v>215</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H132" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>547</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>548</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
+        <v>129</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H133" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>551</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>552</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" t="s">
+        <v>96</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H134" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>555</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>556</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
+        <v>96</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H135" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>559</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>560</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
+        <v>96</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H136" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>563</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>564</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
+        <v>39</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H137" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>567</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>568</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
+      <c r="F138" t="s">
+        <v>39</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H138" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>571</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>572</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>12</v>
+      </c>
+      <c r="F139" t="s">
+        <v>39</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H139" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>575</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>576</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" t="s">
+        <v>48</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H140" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>579</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>580</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>48</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H141" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>583</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>584</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>48</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H142" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>587</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>588</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>377</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H143" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>591</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>592</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H144" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>595</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>596</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H145" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>599</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>600</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H146" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>603</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>604</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H147" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>607</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>608</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>26</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H148" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>611</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>612</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>26</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H149" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>615</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>616</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>12</v>
+      </c>
+      <c r="F150" t="s">
+        <v>26</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H150" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>619</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>620</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>26</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H151" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>623</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>624</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>26</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H152" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>627</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>628</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>129</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H153" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>631</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>632</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>12</v>
+      </c>
+      <c r="F154" t="s">
+        <v>377</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H154" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>635</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>636</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" t="s">
+        <v>75</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H155" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>639</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>640</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>12</v>
+      </c>
+      <c r="F156" t="s">
+        <v>75</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H156" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>643</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>644</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>12</v>
+      </c>
+      <c r="F157" t="s">
+        <v>75</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H157" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>647</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>648</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>75</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H158" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>651</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>652</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F159" t="s">
+        <v>66</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H159" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>655</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>656</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>12</v>
+      </c>
+      <c r="F160" t="s">
+        <v>66</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H160" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>659</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>660</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
+        <v>66</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H161" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>663</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>664</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
+        <v>39</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H162" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>667</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>668</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>12</v>
+      </c>
+      <c r="F163" t="s">
+        <v>61</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H163" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>671</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>672</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>12</v>
+      </c>
+      <c r="F164" t="s">
+        <v>61</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H164" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>675</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>676</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>12</v>
+      </c>
+      <c r="F165" t="s">
+        <v>61</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H165" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>679</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>680</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>12</v>
+      </c>
+      <c r="F166" t="s">
+        <v>96</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H166" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>683</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>684</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>12</v>
+      </c>
+      <c r="F167" t="s">
+        <v>96</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H167" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>687</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>688</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>129</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H168" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>691</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>692</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>12</v>
+      </c>
+      <c r="F169" t="s">
+        <v>129</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H169" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>695</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>696</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>129</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H170" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>699</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>700</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>12</v>
+      </c>
+      <c r="F171" t="s">
+        <v>48</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H171" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>703</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>704</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>48</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H172" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>707</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>708</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>360</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H173" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>711</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>712</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>360</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H174" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>715</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>716</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>360</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H175" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>719</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>10</v>
+      </c>
+      <c r="D176" t="s">
+        <v>720</v>
+      </c>
+      <c r="E176" t="s">
+        <v>721</v>
+      </c>
+      <c r="F176" t="s">
+        <v>360</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H176" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>724</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" t="s">
+        <v>720</v>
+      </c>
+      <c r="E177" t="s">
+        <v>721</v>
+      </c>
+      <c r="F177" t="s">
+        <v>360</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H177" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>727</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>21</v>
+      </c>
+      <c r="D178" t="s">
+        <v>720</v>
+      </c>
+      <c r="E178" t="s">
+        <v>721</v>
+      </c>
+      <c r="F178" t="s">
+        <v>39</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H178" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>730</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>25</v>
+      </c>
+      <c r="D179" t="s">
+        <v>720</v>
+      </c>
+      <c r="E179" t="s">
+        <v>721</v>
+      </c>
+      <c r="F179" t="s">
+        <v>96</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H179" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>733</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>30</v>
+      </c>
+      <c r="D180" t="s">
+        <v>720</v>
+      </c>
+      <c r="E180" t="s">
+        <v>721</v>
+      </c>
+      <c r="F180" t="s">
+        <v>75</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H180" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>736</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>34</v>
+      </c>
+      <c r="D181" t="s">
+        <v>720</v>
+      </c>
+      <c r="E181" t="s">
+        <v>721</v>
+      </c>
+      <c r="F181" t="s">
+        <v>75</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H181" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>739</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>38</v>
+      </c>
+      <c r="D182" t="s">
+        <v>720</v>
+      </c>
+      <c r="E182" t="s">
+        <v>721</v>
+      </c>
+      <c r="F182" t="s">
+        <v>75</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H182" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>742</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>743</v>
+      </c>
+      <c r="D183" t="s">
+        <v>744</v>
+      </c>
+      <c r="E183" t="s">
+        <v>745</v>
+      </c>
+      <c r="F183" t="s">
+        <v>61</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H183" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>748</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>749</v>
+      </c>
+      <c r="D184" t="s">
+        <v>750</v>
+      </c>
+      <c r="E184" t="s">
+        <v>751</v>
+      </c>
+      <c r="F184" t="s">
+        <v>752</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H184" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>755</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>10</v>
+      </c>
+      <c r="D185" t="s">
+        <v>750</v>
+      </c>
+      <c r="E185" t="s">
+        <v>751</v>
+      </c>
+      <c r="F185" t="s">
+        <v>26</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H185" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>758</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>17</v>
+      </c>
+      <c r="D186" t="s">
+        <v>750</v>
+      </c>
+      <c r="E186" t="s">
+        <v>751</v>
+      </c>
+      <c r="F186" t="s">
+        <v>194</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H186" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>761</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>21</v>
+      </c>
+      <c r="D187" t="s">
+        <v>750</v>
+      </c>
+      <c r="E187" t="s">
+        <v>751</v>
+      </c>
+      <c r="F187" t="s">
+        <v>61</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="H187" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>764</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>25</v>
+      </c>
+      <c r="D188" t="s">
+        <v>750</v>
+      </c>
+      <c r="E188" t="s">
+        <v>751</v>
+      </c>
+      <c r="F188" t="s">
+        <v>61</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H188" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>767</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>30</v>
+      </c>
+      <c r="D189" t="s">
+        <v>750</v>
+      </c>
+      <c r="E189" t="s">
+        <v>751</v>
+      </c>
+      <c r="F189" t="s">
+        <v>48</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H189" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>770</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>34</v>
+      </c>
+      <c r="D190" t="s">
+        <v>750</v>
+      </c>
+      <c r="E190" t="s">
+        <v>751</v>
+      </c>
+      <c r="F190" t="s">
+        <v>75</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H190" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>773</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>38</v>
+      </c>
+      <c r="D191" t="s">
+        <v>750</v>
+      </c>
+      <c r="E191" t="s">
+        <v>751</v>
+      </c>
+      <c r="F191" t="s">
+        <v>360</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H191" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>776</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>43</v>
+      </c>
+      <c r="D192" t="s">
+        <v>750</v>
+      </c>
+      <c r="E192" t="s">
+        <v>751</v>
+      </c>
+      <c r="F192" t="s">
+        <v>360</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H192" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>779</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>47</v>
+      </c>
+      <c r="D193" t="s">
+        <v>750</v>
+      </c>
+      <c r="E193" t="s">
+        <v>751</v>
+      </c>
+      <c r="F193" t="s">
+        <v>61</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H193" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>782</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>52</v>
+      </c>
+      <c r="D194" t="s">
+        <v>750</v>
+      </c>
+      <c r="E194" t="s">
+        <v>751</v>
+      </c>
+      <c r="F194" t="s">
+        <v>377</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H194" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>785</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>56</v>
+      </c>
+      <c r="D195" t="s">
+        <v>750</v>
+      </c>
+      <c r="E195" t="s">
+        <v>751</v>
+      </c>
+      <c r="F195" t="s">
+        <v>215</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H195" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>788</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>60</v>
+      </c>
+      <c r="D196" t="s">
+        <v>750</v>
+      </c>
+      <c r="E196" t="s">
+        <v>751</v>
+      </c>
+      <c r="F196" t="s">
+        <v>194</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H196" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>791</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>65</v>
+      </c>
+      <c r="D197" t="s">
+        <v>750</v>
+      </c>
+      <c r="E197" t="s">
+        <v>751</v>
+      </c>
+      <c r="F197" t="s">
+        <v>26</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H197" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>793</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>70</v>
+      </c>
+      <c r="D198" t="s">
+        <v>750</v>
+      </c>
+      <c r="E198" t="s">
+        <v>751</v>
+      </c>
+      <c r="F198" t="s">
+        <v>75</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H198" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>796</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>74</v>
+      </c>
+      <c r="D199" t="s">
+        <v>750</v>
+      </c>
+      <c r="E199" t="s">
+        <v>751</v>
+      </c>
+      <c r="F199" t="s">
+        <v>360</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H199" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>799</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>79</v>
+      </c>
+      <c r="D200" t="s">
+        <v>750</v>
+      </c>
+      <c r="E200" t="s">
+        <v>751</v>
+      </c>
+      <c r="F200" t="s">
+        <v>360</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H200" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>802</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>83</v>
+      </c>
+      <c r="D201" t="s">
+        <v>750</v>
+      </c>
+      <c r="E201" t="s">
+        <v>751</v>
+      </c>
+      <c r="F201" t="s">
+        <v>61</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H201" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>805</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>87</v>
+      </c>
+      <c r="D202" t="s">
+        <v>750</v>
+      </c>
+      <c r="E202" t="s">
+        <v>751</v>
+      </c>
+      <c r="F202" t="s">
+        <v>215</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H202" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>808</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>91</v>
+      </c>
+      <c r="D203" t="s">
+        <v>750</v>
+      </c>
+      <c r="E203" t="s">
+        <v>751</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H203" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>811</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>95</v>
+      </c>
+      <c r="D204" t="s">
+        <v>750</v>
+      </c>
+      <c r="E204" t="s">
+        <v>751</v>
+      </c>
+      <c r="F204" t="s">
+        <v>360</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H204" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>814</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>100</v>
+      </c>
+      <c r="D205" t="s">
+        <v>750</v>
+      </c>
+      <c r="E205" t="s">
+        <v>751</v>
+      </c>
+      <c r="F205" t="s">
+        <v>96</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H205" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>817</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>104</v>
+      </c>
+      <c r="D206" t="s">
+        <v>750</v>
+      </c>
+      <c r="E206" t="s">
+        <v>751</v>
+      </c>
+      <c r="F206" t="s">
+        <v>96</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H206" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>820</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>108</v>
+      </c>
+      <c r="D207" t="s">
+        <v>750</v>
+      </c>
+      <c r="E207" t="s">
+        <v>751</v>
+      </c>
+      <c r="F207" t="s">
+        <v>377</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H207" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>823</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>112</v>
+      </c>
+      <c r="D208" t="s">
+        <v>750</v>
+      </c>
+      <c r="E208" t="s">
+        <v>751</v>
+      </c>
+      <c r="F208" t="s">
+        <v>377</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H208" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>826</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>116</v>
+      </c>
+      <c r="D209" t="s">
+        <v>750</v>
+      </c>
+      <c r="E209" t="s">
+        <v>751</v>
+      </c>
+      <c r="F209" t="s">
+        <v>26</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H209" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>829</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>120</v>
+      </c>
+      <c r="D210" t="s">
+        <v>750</v>
+      </c>
+      <c r="E210" t="s">
+        <v>751</v>
+      </c>
+      <c r="F210" t="s">
+        <v>75</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H210" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>832</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>124</v>
+      </c>
+      <c r="D211" t="s">
+        <v>750</v>
+      </c>
+      <c r="E211" t="s">
+        <v>751</v>
+      </c>
+      <c r="F211" t="s">
+        <v>360</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H211" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>835</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>17</v>
+      </c>
+      <c r="D212" t="s">
+        <v>836</v>
+      </c>
+      <c r="E212" t="s">
+        <v>837</v>
+      </c>
+      <c r="F212" t="s">
+        <v>752</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H212" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>840</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>21</v>
+      </c>
+      <c r="D213" t="s">
+        <v>836</v>
+      </c>
+      <c r="E213" t="s">
+        <v>837</v>
+      </c>
+      <c r="F213" t="s">
+        <v>61</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H213" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>843</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>25</v>
+      </c>
+      <c r="D214" t="s">
+        <v>836</v>
+      </c>
+      <c r="E214" t="s">
+        <v>837</v>
+      </c>
+      <c r="F214" t="s">
+        <v>61</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H214" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>846</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>30</v>
+      </c>
+      <c r="D215" t="s">
+        <v>836</v>
+      </c>
+      <c r="E215" t="s">
+        <v>837</v>
+      </c>
+      <c r="F215" t="s">
+        <v>96</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H215" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>849</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>34</v>
+      </c>
+      <c r="D216" t="s">
+        <v>836</v>
+      </c>
+      <c r="E216" t="s">
+        <v>837</v>
+      </c>
+      <c r="F216" t="s">
+        <v>752</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H216" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>852</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>38</v>
+      </c>
+      <c r="D217" t="s">
+        <v>836</v>
+      </c>
+      <c r="E217" t="s">
+        <v>837</v>
+      </c>
+      <c r="F217" t="s">
+        <v>48</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H217" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>855</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>43</v>
+      </c>
+      <c r="D218" t="s">
+        <v>836</v>
+      </c>
+      <c r="E218" t="s">
+        <v>837</v>
+      </c>
+      <c r="F218" t="s">
+        <v>360</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H218" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>858</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>859</v>
+      </c>
+      <c r="D219" t="s">
+        <v>860</v>
+      </c>
+      <c r="E219" t="s">
+        <v>861</v>
+      </c>
+      <c r="F219" t="s">
+        <v>752</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H219" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>864</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>10</v>
+      </c>
+      <c r="D220" t="s">
+        <v>865</v>
+      </c>
+      <c r="E220" t="s">
+        <v>866</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H220" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>869</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>17</v>
+      </c>
+      <c r="D221" t="s">
+        <v>865</v>
+      </c>
+      <c r="E221" t="s">
+        <v>866</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H221" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>872</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>21</v>
+      </c>
+      <c r="D222" t="s">
+        <v>865</v>
+      </c>
+      <c r="E222" t="s">
+        <v>866</v>
+      </c>
+      <c r="F222" t="s">
+        <v>752</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="H222" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>875</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D223" t="s">
+        <v>876</v>
+      </c>
+      <c r="E223" t="s">
+        <v>877</v>
+      </c>
+      <c r="F223" t="s">
+        <v>752</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H223" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>880</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>17</v>
+      </c>
+      <c r="D224" t="s">
+        <v>876</v>
+      </c>
+      <c r="E224" t="s">
+        <v>877</v>
+      </c>
+      <c r="F224" t="s">
+        <v>752</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H224" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>883</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>21</v>
+      </c>
+      <c r="D225" t="s">
+        <v>876</v>
+      </c>
+      <c r="E225" t="s">
+        <v>877</v>
+      </c>
+      <c r="F225" t="s">
+        <v>752</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H225" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>886</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>25</v>
+      </c>
+      <c r="D226" t="s">
+        <v>876</v>
+      </c>
+      <c r="E226" t="s">
+        <v>877</v>
+      </c>
+      <c r="F226" t="s">
+        <v>752</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H226" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>889</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>30</v>
+      </c>
+      <c r="D227" t="s">
+        <v>876</v>
+      </c>
+      <c r="E227" t="s">
+        <v>877</v>
+      </c>
+      <c r="F227" t="s">
+        <v>752</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H227" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>892</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>43</v>
+      </c>
+      <c r="D228" t="s">
+        <v>876</v>
+      </c>
+      <c r="E228" t="s">
+        <v>877</v>
+      </c>
+      <c r="F228" t="s">
+        <v>752</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="H228" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>895</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>47</v>
+      </c>
+      <c r="D229" t="s">
+        <v>876</v>
+      </c>
+      <c r="E229" t="s">
+        <v>877</v>
+      </c>
+      <c r="F229" t="s">
+        <v>752</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H229" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>898</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>52</v>
+      </c>
+      <c r="D230" t="s">
+        <v>876</v>
+      </c>
+      <c r="E230" t="s">
+        <v>877</v>
+      </c>
+      <c r="F230" t="s">
+        <v>752</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="H230" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>901</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>56</v>
+      </c>
+      <c r="D231" t="s">
+        <v>876</v>
+      </c>
+      <c r="E231" t="s">
+        <v>877</v>
+      </c>
+      <c r="F231" t="s">
+        <v>752</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H231" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>904</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>60</v>
+      </c>
+      <c r="D232" t="s">
+        <v>876</v>
+      </c>
+      <c r="E232" t="s">
+        <v>877</v>
+      </c>
+      <c r="F232" t="s">
+        <v>752</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="H232" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>907</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>65</v>
+      </c>
+      <c r="D233" t="s">
+        <v>876</v>
+      </c>
+      <c r="E233" t="s">
+        <v>877</v>
+      </c>
+      <c r="F233" t="s">
+        <v>752</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H233" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>910</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>70</v>
+      </c>
+      <c r="D234" t="s">
+        <v>876</v>
+      </c>
+      <c r="E234" t="s">
+        <v>877</v>
+      </c>
+      <c r="F234" t="s">
+        <v>752</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H234" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>913</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>74</v>
+      </c>
+      <c r="D235" t="s">
+        <v>876</v>
+      </c>
+      <c r="E235" t="s">
+        <v>877</v>
+      </c>
+      <c r="F235" t="s">
+        <v>752</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H235" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>916</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>79</v>
+      </c>
+      <c r="D236" t="s">
+        <v>876</v>
+      </c>
+      <c r="E236" t="s">
+        <v>877</v>
+      </c>
+      <c r="F236" t="s">
+        <v>752</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="H236" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>919</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>83</v>
+      </c>
+      <c r="D237" t="s">
+        <v>876</v>
+      </c>
+      <c r="E237" t="s">
+        <v>877</v>
+      </c>
+      <c r="F237" t="s">
+        <v>752</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H237" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>922</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>87</v>
+      </c>
+      <c r="D238" t="s">
+        <v>876</v>
+      </c>
+      <c r="E238" t="s">
+        <v>877</v>
+      </c>
+      <c r="F238" t="s">
+        <v>752</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H238" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>925</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>91</v>
+      </c>
+      <c r="D239" t="s">
+        <v>876</v>
+      </c>
+      <c r="E239" t="s">
+        <v>877</v>
+      </c>
+      <c r="F239" t="s">
+        <v>752</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H239" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>928</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>95</v>
+      </c>
+      <c r="D240" t="s">
+        <v>876</v>
+      </c>
+      <c r="E240" t="s">
+        <v>877</v>
+      </c>
+      <c r="F240" t="s">
+        <v>752</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H240" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>931</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>100</v>
+      </c>
+      <c r="D241" t="s">
+        <v>876</v>
+      </c>
+      <c r="E241" t="s">
+        <v>877</v>
+      </c>
+      <c r="F241" t="s">
+        <v>752</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H241" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>934</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>104</v>
+      </c>
+      <c r="D242" t="s">
+        <v>876</v>
+      </c>
+      <c r="E242" t="s">
+        <v>877</v>
+      </c>
+      <c r="F242" t="s">
+        <v>752</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="H242" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>937</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>10</v>
+      </c>
+      <c r="D243" t="s">
+        <v>938</v>
+      </c>
+      <c r="E243" t="s">
+        <v>939</v>
+      </c>
+      <c r="F243" t="s">
+        <v>752</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H243" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>942</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>21</v>
+      </c>
+      <c r="D244" t="s">
+        <v>938</v>
+      </c>
+      <c r="E244" t="s">
+        <v>939</v>
+      </c>
+      <c r="F244" t="s">
+        <v>752</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H244" t="s">
+        <v>944</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>